--- v0 (2025-10-11)
+++ v1 (2025-10-31)
@@ -65,51 +65,60 @@
   <si>
     <t>Topic</t>
   </si>
   <si>
     <t>Historic Question Reference</t>
   </si>
   <si>
     <t>ESMA_QA_2654</t>
   </si>
   <si>
     <t>25 September 2025</t>
   </si>
   <si>
     <t>143(2)</t>
   </si>
   <si>
     <t>MiCA</t>
   </si>
   <si>
     <t>Offerors and CASPs’ responsibilities with regards to white papers for Title II tokens admitted to trading prior to 30 December 2024</t>
   </si>
   <si>
     <t>What are the respective responsibilities of offerors, persons seeking admission to trading, operators of trading platforms and other CASPs mentioned in Article 66(3) of MiCA with regard to white papers for crypto-assets other than ARTs and EMTs that were admitted to trading prior to 30 December 2024?</t>
   </si>
   <si>
-    <t>14-04-2025</t>
+    <t>14-10-2025
+    Original language
+            Article 143(2) of MiCA provides that “by way of derogation from Title II, only the following requirements shall apply in relation to crypto-assets other than asset-referenced tokens and e-money tokens that were admitted to trading before 30 December 2024: 
+a. Articles 7 and 9 shall apply to marketing communications published after 30 December 2024; 
+b. Operators of trading platforms shall ensure by 31 December 2027 that a crypto-asset white paper, in the cases required by this Regulation, is drawn up, notified and published in accordance with Articles 6, 8 and 9 and updated in accordance with Article 12”
+For Title II crypto-assets admitted to trading prior to 30 December 2024, offerors and persons seeking admission to trading must therefore only comply with marketing rules. There is no white paper requirement. 
+Operators of trading platforms must, by 31 December 2027, ensure there is a white paper. In line with Article 66(3) of MiCA, they must also publish hyperlinks to any existing (registered) white papers. 
+Finally, the other CASPs referenced in Article 66(3) must only publish hyperlinks to any existing (registered) white papers. Where there are no such white papers, they do not have the responsibility to ensure they are produced. 
+If the crypto-asset is not available on a trading platform, there might not be a white paper for it even after 31 December 2027.
+ </t>
   </si>
   <si>
     <t>White paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -435,51 +444,51 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:K2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="356.199" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="317.208" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>