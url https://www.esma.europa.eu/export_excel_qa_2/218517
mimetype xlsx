--- v0 (2025-10-11)
+++ v1 (2026-03-05)
@@ -59,54 +59,59 @@
   <si>
     <t>Question</t>
   </si>
   <si>
     <t>Esma responses</t>
   </si>
   <si>
     <t>Topic</t>
   </si>
   <si>
     <t>Historic Question Reference</t>
   </si>
   <si>
     <t>ESMA_QA_2522</t>
   </si>
   <si>
     <t>07 April 2025</t>
   </si>
   <si>
     <t>Prospectus Regulation 2017/1129</t>
   </si>
   <si>
     <t>New exemptions for fungible securities in Prospectus Regulation.</t>
   </si>
   <si>
-    <t>What are the requirements for the statement of continuous compliance with reporting and disclosure obligations under IV. in Annex IX to the Prospectus Regulation? More specifically, (i) is it possible to add any disclaimers to this statement, (ii) when is an issuer considered to have ‘continuous compliance’, (iii) to which time period should the statement pertain (i.e. does the statement need to cover the entire period that the issuer’s securities have been admitted to trading) and (iv) are issuers allowed to use an ‘exempted document’ drawn up using Annex IX if this statement is not ‘clean’?</t>
-[...2 lines deleted...]
-    <t>07-04-2025</t>
+    <t>In relation to the statement of continuous compliance with reporting and disclosure obligations as referred to in Annex IX, point IV, of Regulation (EU) 2017/1129, when is an issuer considered to have ‘continuous compliance’ and to which time period should the statement pertain (i.e. does the statement need to cover the entire period that the issuer’s securities have been admitted to trading)?</t>
+  </si>
+  <si>
+    <t>07-04-2025
+    Original language
+            Answer provided by the European Commission in accordance with Article 16b(5) of the ESMA Regulation
+Issuers are considered to be compliant with reporting and disclosure obligations as referred to in Annex IX, point IV, of Regulation (EU) 2017/1129 for the purpose of the statement of continuous compliance if they are compliant with those obligation at the moment when an offer of securities to the public in scope of the exemption under Article 1(4), point (da) or (db) is made, or when admission to trading on a regulated market in scope of the exemption under Article 1(5), point (ba), is sought.
+Disclaimer:
+The answers clarify provisions already contained in the applicable legislation. They do not extend in any way the rights and obligations deriving from such legislation nor do they introduce any additional requirements for the concerned operators and competent authorities. The answers are merely intended to assist natural or legal persons, including competent authorities and Union institutions and bodies in clarifying the application or implementation of the relevant legal provisions. Only the Court of Justice of the European Union is competent to authoritatively interpret Union law. The views expressed in the internal Commission Decision cannot prejudge the position that the European Commission might take before the Union and national courts.</t>
   </si>
   <si>
     <t>Initial Public Offer/IPO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -431,52 +436,52 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:K2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="76.553" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="707.684" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="468.171" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="888.212" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>