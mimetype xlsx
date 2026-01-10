--- v0 (2025-10-12)
+++ v1 (2026-01-10)
@@ -59,54 +59,60 @@
   <si>
     <t>Question</t>
   </si>
   <si>
     <t>Esma responses</t>
   </si>
   <si>
     <t>Topic</t>
   </si>
   <si>
     <t>Historic Question Reference</t>
   </si>
   <si>
     <t>ESMA_QA_2478</t>
   </si>
   <si>
     <t>14 March 2025</t>
   </si>
   <si>
     <t>European Long-Term Investment Funds Regulation (ELTIF) Regulation (EU) 2015/760</t>
   </si>
   <si>
     <t>Redemption policy</t>
   </si>
   <si>
-    <t>Given the requirements set out in Article 17(1) point a) and 18(2) point a) of the ELTIF Regulation, as well as in Article 3 of the ELTIF Delegated Regulation, is the minimum holding period, referred to in Article 18(2) point a) of the ELTIF Regulation,  assessed in relation to the launch date of the ELTIF for all investors, or is it applied at each new subscription and on the basis of the date of each capital contribution if there is more than one investment by an individual investor?</t>
-[...2 lines deleted...]
-    <t>14-03-2025</t>
+    <t>Given the requirements set out in Article 17(1)(a) and Article 18(2)(a) of the ELTIF Regulation, as well as in Article 3 of the ELTIF Delegated Regulation, is the minimum holding period, referred to in Article 18(2)(a) of the ELTIF Regulation, (assessed in relation to the launch date of the ELTIF for all investors, or is it applied at each new subscription and on the basis of the date of each capital contribution if there is more than one investment by an individual investor?</t>
+  </si>
+  <si>
+    <t>14-03-2025
+    Original language
+            Answer provided by the European Commission
+Both should be possible and remain at the discretion of the ELTIF manager, subject to relevant disclosure requirements and provided that the redemption policy of the ELTIF ensures that investors are treated fairly. Notably, an ELTIF manager may have the discretion to put in place the minimum holding period assessed in relation to the launch date of the ELTIF for all investors, as well as apply the minimum holding period at each new subscription and on the basis of the date of each capital contribution if there is more than one investment by an individual investor. 
+Neither Article 18(2)(a) of the ELTIF Regulation, nor other provisions in Commission Delegated Regulation (EU) 2024/2759 prevent the manager from applying minimum holding periods after the ramp-up period throughout the life cycle of the ELTIF. The ELTIF Regulation and Commission Delegated Regulation (EU) 2024/2759 do not define or impose operational requirements to the implementation of the minimum holding period and managers should have the discretion to determine which option is the most appropriate, whether by reference to the initial deployment, or to the ongoing deployment of capital on a rolling basis or otherwise, for instance for open-ended/evergreen funds which do not have a fixed investment period, subject to the requirements set out in Article 3 of Commission Delegated Regulation (EU) 2024/2759 and the respective disclosure obligations set out in the ELTIF Regulation.
+Disclaimer
+The answers clarify provisions already contained in the applicable legislation. They do not extend in any way the rights and obligations deriving from such legislation nor do they introduce any additional requirements for the concerned operators and competent authorities. The answers are merely intended to assist natural or legal persons, including competent authorities and Union institutions and bodies in clarifying the application or implementation of the relevant legal provisions. Only the Court of Justice of the European Union is competent to authoritatively interpret Union law. The views expressed in the internal Commission Decision cannot prejudge the position that the European Commission might take before the Union and national courts.</t>
   </si>
   <si>
     <t>ELTIF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -431,52 +437,52 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:K2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="94.263" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="579.144" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="567.29" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="1052.172" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>