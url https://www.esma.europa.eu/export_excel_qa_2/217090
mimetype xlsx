--- v0 (2025-10-11)
+++ v1 (2026-01-10)
@@ -59,54 +59,59 @@
   <si>
     <t>Question</t>
   </si>
   <si>
     <t>Esma responses</t>
   </si>
   <si>
     <t>Topic</t>
   </si>
   <si>
     <t>Historic Question Reference</t>
   </si>
   <si>
     <t>ESMA_QA_2474</t>
   </si>
   <si>
     <t>14 March 2025</t>
   </si>
   <si>
     <t>European Long-Term Investment Funds Regulation (ELTIF) Regulation (EU) 2015/760</t>
   </si>
   <si>
     <t>Redemption policy</t>
   </si>
   <si>
-    <t>When should the calculation of liquid assets be conducted?</t>
-[...2 lines deleted...]
-    <t>14-03-2025</t>
+    <t>Should the calculation of liquid assets be performed before the start of the notice period, or at another point in time, and if so, which point of time?</t>
+  </si>
+  <si>
+    <t>14-03-2025
+    Original language
+            Answer provided by the European Commission
+The determination of the maximum size of redemption should, in accordance with Article 5(6) of the Commission Delegated Regulation (EU) 2024/2759 be made at a “redemption date”. The redemption date within the meaning of Commission Delegated Regulation (EU) 2024/2759 means the actual dealing date (i.e. the date when a subscription or redemption order is processed) rather than the cut-off date by which subscription/redemption instructions ought to be submitted.
+Disclaimer
+The answers clarify provisions already contained in the applicable legislation. They do not extend in any way the rights and obligations deriving from such legislation nor do they introduce any additional requirements for the concerned operators and competent authorities. The answers are merely intended to assist natural or legal persons, including competent authorities and Union institutions and bodies in clarifying the application or implementation of the relevant legal provisions. Only the Court of Justice of the European Union is competent to authoritatively interpret Union law. The views expressed in the internal Commission Decision cannot prejudge the position that the European Commission might take before the Union and national courts.</t>
   </si>
   <si>
     <t>ELTIF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -431,52 +436,52 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:K2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="94.263" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="69.554" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="180.385" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="888.212" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>