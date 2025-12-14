--- v0 (2025-10-12)
+++ v1 (2025-12-14)
@@ -62,51 +62,53 @@
   <si>
     <t>Esma responses</t>
   </si>
   <si>
     <t>Topic</t>
   </si>
   <si>
     <t>Historic Question Reference</t>
   </si>
   <si>
     <t>ESMA_QA_2381</t>
   </si>
   <si>
     <t>17 December 2024</t>
   </si>
   <si>
     <t>Regulation (EU) 2022/2554 - The Digital Operational Resilience Act (DORA)</t>
   </si>
   <si>
     <t>art. 3 ust. 21</t>
   </si>
   <si>
     <t>Are service providers that are financial entities, in particular GPW, KDPW, IRGiT Banks, foreign entities that are financial institutions ICT service providers? The service does not concern the provision of ICT services, but e.g. maintaining a bank account.</t>
   </si>
   <si>
-    <t>17-12-2024</t>
+    <t>17-12-2024
+    Original language
+            Rejection grounds: the question has already ben answered. Reference to DORA030</t>
   </si>
   <si>
     <t>Other DORA topics</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -432,51 +434,51 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:K2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="87.122" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="304.211" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>